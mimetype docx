--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -8,119 +8,120 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="134E09A5" w14:textId="77777777" w:rsidR="008451E4" w:rsidRPr="00BD4A32" w:rsidRDefault="008451E4" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="408DEA08" w14:textId="77777777" w:rsidR="008451E4" w:rsidRPr="00BD4A32" w:rsidRDefault="008451E4" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4A32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Nyilatkozat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D4A814" w14:textId="77777777" w:rsidR="00860536" w:rsidRPr="00BD4A32" w:rsidRDefault="00860536" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="1F580934" w14:textId="77777777" w:rsidR="00860536" w:rsidRPr="00BD4A32" w:rsidRDefault="00860536" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0040D665" w14:textId="77777777" w:rsidR="003B47AF" w:rsidRPr="00387800" w:rsidRDefault="008E0BF9" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="0F65D0A2" w14:textId="77777777" w:rsidR="003B47AF" w:rsidRPr="00387800" w:rsidRDefault="008E0BF9" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alulírott, mint </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="90597466"/>
           <w:placeholder>
-            <w:docPart w:val="7A7C7E13201948E19CDF4795A5504BF5"/>
+            <w:docPart w:val="469717586E1344028C0BD23C8EEEB471"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001910C7" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001910C7" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -217,80 +218,80 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00502AE4" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>történő átvételé</w:t>
       </w:r>
       <w:r w:rsidR="003B47AF" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t a saját ügyfélkapumon keresztül.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526D8CF9" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="500187EE" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nyilatkozom, hogy gyermekem más országban biztosítotti jogviszonnyal rendelkezik</w:t>
       </w:r>
       <w:r w:rsidR="001910C7" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC613B6" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="65C88E53" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="001910C7" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -320,56 +321,56 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4530"/>
         <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001910C7" w:rsidRPr="00387800" w14:paraId="5DC63A63" w14:textId="77777777" w:rsidTr="008F25F3">
+      <w:tr w:rsidR="001910C7" w:rsidRPr="00387800" w14:paraId="10A31D79" w14:textId="77777777" w:rsidTr="008F25F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEEFA84" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="001910C7" w:rsidP="001910C7">
+          <w:p w14:paraId="5A08F053" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="001910C7" w:rsidP="001910C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00387800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IGEN</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
@@ -378,133 +379,133 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00387800">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770D8C24" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="001910C7" w:rsidP="001910C7">
+          <w:p w14:paraId="23F888C1" w14:textId="77777777" w:rsidR="001910C7" w:rsidRPr="00387800" w:rsidRDefault="001910C7" w:rsidP="001910C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00387800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEM</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1685741274"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00387800">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18BAC4CE" w14:textId="77777777" w:rsidR="008714E3" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="5CAE57C3" w14:textId="77777777" w:rsidR="008714E3" w:rsidRPr="00387800" w:rsidRDefault="008714E3" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Amennyiben igennel válaszolt, kérjük küldje az alábbi címre a vonatkozó dokumentumot.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501CC856" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="2769C582" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3E593D" w14:textId="77777777" w:rsidR="005B5E19" w:rsidRPr="00387800" w:rsidRDefault="003B47AF" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="1FCAD4C2" w14:textId="77777777" w:rsidR="005B5E19" w:rsidRPr="00387800" w:rsidRDefault="003B47AF" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Továbbá vállalom az ellátáshoz kapcsolódó nyilatkozatok</w:t>
       </w:r>
       <w:r w:rsidR="008714E3" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -546,62 +547,62 @@
         </w:rPr>
         <w:t xml:space="preserve">il-ben, a </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00502AE4" w:rsidRPr="00387800">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>jelentkezes@toparti.hu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00502AE4" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> címre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F27CBD" w14:textId="77777777" w:rsidR="00502AE4" w:rsidRPr="00387800" w:rsidRDefault="00502AE4" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="4350E9B9" w14:textId="77777777" w:rsidR="00502AE4" w:rsidRPr="00387800" w:rsidRDefault="00502AE4" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EA810A3" w14:textId="77777777" w:rsidR="00543021" w:rsidRPr="00387800" w:rsidRDefault="00553126" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="1223307B" w14:textId="77777777" w:rsidR="00543021" w:rsidRPr="00387800" w:rsidRDefault="00553126" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A Tóparti Szakambulancia intézményben biztosított</w:t>
       </w:r>
       <w:r w:rsidR="000A7E80" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -670,1553 +671,1971 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">gyógyászati segédeszköz ortopéd szakorvosi rendelése esetén a jogszabályban előírtak szerint fotódokumentáció készüljön és </w:t>
       </w:r>
       <w:r w:rsidR="001F171A" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„A kora-gyermekkori fejlődést befolyásoló születéskörüli tényezők vizsgálata” kapcsán név nélkül (anonim módon) gyermekem egészségügyi és fejlődésére vonatkozó adatai elemzésre kerüljenek.</w:t>
       </w:r>
       <w:r w:rsidR="009D2485" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40931CF9" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00AF0DC4">
+    <w:p w14:paraId="6B07A317" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00AF0DC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66CB5BB0" w14:textId="77777777" w:rsidR="00C06EDE" w:rsidRPr="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00BD4A32">
+    <w:p w14:paraId="1F08A357" w14:textId="77777777" w:rsidR="00C06EDE" w:rsidRPr="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00BD4A32">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">„A jelen nyilatkozatot aláíró Fél aláírásával elismeri, hogy a Pro Rekreatione Közhasznú Nonprofit Kft., illetve az általa fenntartott Tóparti Szakambulancia („Adatkezelő”) Egészségügyi Adatkezelési Tájékoztatóját ismeri és az abban foglaltakat tudomásul veszi, és ennek megfelelően nyilatkozik a fenti személyazonosító és személyes adatokról („Adatok”). A jelen nyilatkozatot aláíró Fél aláírásával hozzájárul továbbá, hogy a jogszabályban meghatározott Adatok körét az Adatkezelő az egészségügyi és a hozzájuk kapcsolódó személyes adatok kezeléséről és védelméről szóló 1997. évi XLVII. törvény (Eüak) által biztosított keretek között, valamint az EU 2016/679 Rendelete (GDPR) szabályaival összhangban kezelje a Tájékoztatóban ismertetett célból és ideig. A jelen nyilatkozatot aláíró fél aláírásával tudomásul veszi, hogy az Adatkezelő jogi kötelezettség teljesítése címen kezeli az Adatokat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228969F9" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00BD4A32">
+    <w:p w14:paraId="296F0F5B" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00BD4A32">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CB332AD" w14:textId="77777777" w:rsidR="00C06EDE" w:rsidRPr="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00BD4A32">
+    <w:p w14:paraId="24ACEC3A" w14:textId="77777777" w:rsidR="00C06EDE" w:rsidRPr="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00BD4A32">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Az Adatkezelő tájékoztatja a jelen nyilatkozatot aláíró Felet, hogy jogszabályi kötelezettség teljesítése jogcímen az egészségügyi szolgáltatások Egészségbiztosítási Alapból történő finanszírozásának részletes szabályairól szóló 43/1999. (III. 3.) Korm. rendeletben és az Eüak törvényben meghatározott adatokat átadja a jogszabályokban meghatározott szerveknek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51ABD9AF" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00BD4A32">
+    <w:p w14:paraId="18EF4291" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00BD4A32">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48CAE950" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00387800">
+    <w:p w14:paraId="2DD971D2" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00C06EDE" w:rsidP="00387800">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A jelen nyilatkozatot aláíró Fél tisztában van azzal, hogy az Adatok kezelése vonatkozásában adott ezen önkéntes hozzájárulása bármikor visszavonható. Ugyanakkor tisztában van azzal, hogy a nyilatkozat visszavonásának következménye az egészségügyi szolgáltatás megszűnése a Pro Rekreatione Közhasznú Nonprofit Kft. Tóparti Szakambulancia intézményben.”</w:t>
       </w:r>
       <w:r w:rsidR="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B657AA1" w14:textId="77777777" w:rsidR="00BF4410" w:rsidRPr="00387800" w:rsidRDefault="00070677" w:rsidP="00E36F54">
+    <w:p w14:paraId="09F04129" w14:textId="77777777" w:rsidR="00BF4410" w:rsidRPr="00387800" w:rsidRDefault="00070677" w:rsidP="00E36F54">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Az adatok kezeléséhez az alábbi személyes</w:t>
       </w:r>
       <w:r w:rsidR="00CF04C3" w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>adatokat adom meg:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1E40C9" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="00CF04C3" w:rsidP="00E36F54">
+    <w:p w14:paraId="61007A64" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="00CF04C3" w:rsidP="00E36F54">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Szülő/Törvényes képviselő adatai)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A8581A" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="6A642684" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Név:</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk200042110"/>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1732145173"/>
           <w:placeholder>
-            <w:docPart w:val="0E2A313722FE4AC595F0A84991D52A23"/>
+            <w:docPart w:val="47867E5E84544788A8663F2B20D0F062"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3348CBAA" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="1F268E24" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Születési név:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1617133056"/>
           <w:placeholder>
-            <w:docPart w:val="3D09BCBAFD504C148EC2DFF2AA20EF22"/>
+            <w:docPart w:val="E0A04EA54DF34C3F9AF37E7E4B44541D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0ABA1A18" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="2527BC0B" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anyja neve:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1335837682"/>
           <w:placeholder>
-            <w:docPart w:val="E4D9CB85024F4F8EAB822CA6A84F1301"/>
+            <w:docPart w:val="D8A639CA5D6147578D40A4F83C0AC77D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2087BC53" w14:textId="77777777" w:rsidR="00E652CB" w:rsidRPr="00387800" w:rsidRDefault="00E652CB" w:rsidP="008F25F3">
+    <w:p w14:paraId="0065B7FC" w14:textId="77777777" w:rsidR="00E652CB" w:rsidRPr="00387800" w:rsidRDefault="00E652CB" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lakcímkártya szerinti állandó lakóhely:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="444208925"/>
           <w:placeholder>
-            <w:docPart w:val="ED61F99079844C64AF84B38215A0B58A"/>
+            <w:docPart w:val="120B6D200F964856B7114D6D78A37ACB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="12507912" w14:textId="77777777" w:rsidR="00E652CB" w:rsidRPr="00387800" w:rsidRDefault="00E652CB" w:rsidP="008F25F3">
+    <w:p w14:paraId="594FE4AF" w14:textId="77777777" w:rsidR="00E652CB" w:rsidRPr="00387800" w:rsidRDefault="00E652CB" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lakcímkártya szerinti tartózkodási hely:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="988294210"/>
           <w:placeholder>
-            <w:docPart w:val="161D1E121FF04FF5BE1F251A44890E59"/>
+            <w:docPart w:val="8EEE2EA7C713493BA7885A0CD59B8F56"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="344174DE" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="6904F8DF" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Állampolgárság:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="317398014"/>
           <w:placeholder>
-            <w:docPart w:val="C9256E425601468699BB7FFF9B2AC0C2"/>
+            <w:docPart w:val="9D21DF3993944044BB31CD42E3357EE2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4E2D2D82" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="7ECC6F6E" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TAJ szám:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-534512871"/>
           <w:placeholder>
-            <w:docPart w:val="B2B177C273F64E15B5F9825E1676B5BB"/>
+            <w:docPart w:val="30D62ED3363B448CB8491D44016328A6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3637AB4B" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
+    <w:p w14:paraId="03DBC8CC" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRPr="00387800" w:rsidRDefault="00AF0DC4" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Születési hely</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-333299272"/>
           <w:placeholder>
-            <w:docPart w:val="8C43CEDE25324A91BAE73C4F33D80DF1"/>
+            <w:docPart w:val="DD74EC8823914EEAA1322962286C40FB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> idő:</w:t>
       </w:r>
       <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-727371182"/>
           <w:placeholder>
-            <w:docPart w:val="9B692A75E73241E78B580C0A3BE8C4D8"/>
+            <w:docPart w:val="B34D25E0152246CEA7CD8D1EA0FF15A4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy.MM.dd."/>
             <w:lid w:val="hu-HU"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008F25F3" w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:eastAsia="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Dátum megadásához kattintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="10B338A3" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="00A7524F" w:rsidP="00D85376">
+    <w:p w14:paraId="21B2FB13" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="00A7524F" w:rsidP="00D85376">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46907744" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="6A56CDE2" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Név:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="671147634"/>
           <w:placeholder>
-            <w:docPart w:val="C1779A2E9E7242899DA2ED8F2DF81514"/>
+            <w:docPart w:val="B5013401E33C40A4A625CA5AC968102B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2F3C526E" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="1F2549F8" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Születési név:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-47230434"/>
           <w:placeholder>
-            <w:docPart w:val="C6CEBBA68ACC4DB5B4033DAFD52952B9"/>
+            <w:docPart w:val="B52ACD18B8B0451EBF8B0541C7252B46"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="383320ED" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="74937406" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anyja neve:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1446387598"/>
           <w:placeholder>
-            <w:docPart w:val="401098941EE549BCB239C0B63DEB3858"/>
+            <w:docPart w:val="748A72FCA5124A58988837F84218895F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1C82EB35" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="57D70E94" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lakcímkártya szerinti állandó lakóhely:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-339697243"/>
           <w:placeholder>
-            <w:docPart w:val="9A72C49021484931B39FA383E2EF3CE4"/>
+            <w:docPart w:val="D1ACF158420944E7A944F7DE6BA00D47"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="65861230" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="70571C1A" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lakcímkártya szerinti tartózkodási hely:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1645500190"/>
           <w:placeholder>
-            <w:docPart w:val="520C28BB317E4BBC87FEE7D5A8FE7D25"/>
+            <w:docPart w:val="90493D739975437388CCFBCD72F552AE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6374B5A5" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="58DE1791" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Állampolgárság:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="990828005"/>
           <w:placeholder>
-            <w:docPart w:val="9E2EF624EA5F4AE5A8BF39F81E2EFAA1"/>
+            <w:docPart w:val="54505FB29C5D4E7D8FC653E5F0B3803E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0F695E99" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="5B3AF4E9" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TAJ szám:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="405498253"/>
           <w:placeholder>
-            <w:docPart w:val="4672251797564959BF0429A137F20AE9"/>
+            <w:docPart w:val="314146C9C8B44526A3C43551F98B1513"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="585EDD63" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="7FD2634F" w14:textId="77777777" w:rsidR="00A7524F" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Születési hely:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1896726207"/>
           <w:placeholder>
-            <w:docPart w:val="87BAAB69C0784B039D44B87878879A6E"/>
+            <w:docPart w:val="4C6260421C104AA6B631178E8691DA91"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> idő:</w:t>
       </w:r>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1261673699"/>
           <w:placeholder>
-            <w:docPart w:val="D3E48156A98748389AA3FC0F8586D5E8"/>
+            <w:docPart w:val="1A69B7B19FE547B09BCCA461B4B63AEE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy.MM.dd."/>
             <w:lid w:val="hu-HU"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:eastAsia="Calibri"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Dátum megadásához kattintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4A5FF595" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRDefault="00AF0DC4" w:rsidP="00D85376">
-[...35 lines deleted...]
-    <w:p w14:paraId="29852403" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+    <w:p w14:paraId="4538D7A4" w14:textId="77777777" w:rsidR="00AF0DC4" w:rsidRDefault="00AF0DC4" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B597DB" w14:textId="77777777" w:rsidR="003C000B" w:rsidRDefault="003C000B" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Kérjük,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">* jelölés melletti jelölő négyzet kitöltésével vagy a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>sor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>aláhúz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>ásával egyértelműen válaszoljon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418F67E7" w14:textId="77777777" w:rsidR="003C000B" w:rsidRDefault="003C000B" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3591DD5D" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nyilatkozom, hogy a szülői nyilatkozat aláírásának időpontjában a szülői felügyeletet /törvényes képviseleti jogot</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E60776" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="00267471" w:rsidRDefault="00267471" w:rsidP="003C000B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="460396079"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidRPr="003C000B">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00267471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>közösen gyakoroljuk, az egyikünk részéről sem áll korlátozás alatt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB90912" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="00267471" w:rsidRDefault="005A08AF" w:rsidP="003C000B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="989364273"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00267471" w:rsidRPr="003C000B">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kizárólagosan gyakorlom, az részemről nem áll korlátozás alatt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9DAACA" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AADEA84" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Közös felügyelet esetén </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0A896B" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="1237286902"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="003C000B" w:rsidRPr="00371AD4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C000B" w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>az ellátást egyetértésben kérjük.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3846A1F1" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="2046641573"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="003C000B" w:rsidRPr="00371AD4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003C000B" w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>az ellátás kérelmezéséről a másik szülőt/törvényes képviselőt tájékoztattam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BF6CC0" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32BBBF31" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tudomásul veszem, hogy a gyermek egészségügyi ellátásában közreműködő személyekkel, szervekkel és hatóságokkal köteles vagyok együttműködni, ennek megfelelően a fenti körülményekre vonatkozó bármilyen változást (eljárás indulása, egyezség, döntés, jogorvoslat, távolságtartás elrendelése, gyermekelhelyezés megváltozása, felügyeleti jog megszűnése, szünetelése stb.) haladéktalanul bejelentem a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="005A08AF">
+          <w:rPr>
+            <w:rStyle w:val="Hiperhivatkozs"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>jelentkezes@toparti.hu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> címen, írásbeli határozat esetén azt egyidejűleg benyújtom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A2928A" w14:textId="77777777" w:rsidR="005A08AF" w:rsidRPr="005A08AF" w:rsidRDefault="005A08AF" w:rsidP="005A08AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DCACDF" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="005A08AF" w:rsidP="004438FE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A08AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Amennyiben a szülői nyilatkozat aláírásának időpontjában fenti körülmények vonatkozásában változás van folyamatban, annak kezdő </w:t>
+      </w:r>
+      <w:r w:rsidR="004438FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>dátuma</w:t>
+      </w:r>
+      <w:r w:rsidR="004438FE" w:rsidRPr="00371AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:id w:val="1583261019"/>
+          <w:placeholder>
+            <w:docPart w:val="08BA9AB97DF84EE085AFC3CFFAC4EA9A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="yyyy.MMMM d."/>
+            <w:lid w:val="hu-HU"/>
+            <w:storeMappedDataAs w:val="date"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004438FE" w:rsidRPr="00371AD4">
+            <w:rPr>
+              <w:rStyle w:val="Helyrzszveg"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:rPr>
+            <w:t>Dátum megadásához kattintson ide.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="46E0C0B3" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="374D7D20" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRDefault="008F25F3" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C61642" w14:textId="77777777" w:rsidR="004438FE" w:rsidRDefault="004438FE" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7450AF73" w14:textId="77777777" w:rsidR="004438FE" w:rsidRPr="00387800" w:rsidRDefault="004438FE" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5667C7EF" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387800">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gárdony, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-109594810"/>
           <w:placeholder>
-            <w:docPart w:val="B8995081F1DA4A909272CA2803BF2DCA"/>
+            <w:docPart w:val="99E736E2FD8B40FC82CA6201619B01EB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy.MM.dd."/>
             <w:lid w:val="hu-HU"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Dátum megadásához kattintson ide.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="73C356BC" w14:textId="77777777" w:rsidR="00860536" w:rsidRDefault="00860536" w:rsidP="00D85376">
-[...26 lines deleted...]
-    <w:p w14:paraId="085D346B" w14:textId="77777777" w:rsidR="0048557A" w:rsidRPr="00387800" w:rsidRDefault="0048557A" w:rsidP="00D85376">
+    <w:p w14:paraId="666E1116" w14:textId="77777777" w:rsidR="00860536" w:rsidRDefault="00860536" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27925D19" w14:textId="77777777" w:rsidR="00387800" w:rsidRPr="00387800" w:rsidRDefault="00387800" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="350A5556" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="00D85376">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68788221" w14:textId="77777777" w:rsidR="0048557A" w:rsidRPr="00387800" w:rsidRDefault="0048557A" w:rsidP="00D85376">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Rcsostblzat"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5382" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F25F3" w:rsidRPr="00387800" w14:paraId="64748E78" w14:textId="77777777" w:rsidTr="008F25F3">
+      <w:tr w:rsidR="008F25F3" w:rsidRPr="00387800" w14:paraId="1750E326" w14:textId="77777777" w:rsidTr="008F25F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AB09C99" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
+          <w:p w14:paraId="72252D89" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3" w:rsidP="008F25F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00387800">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>törvényes képviselő aláírása „s.k.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="668A7938" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3">
+    <w:p w14:paraId="1526DE62" w14:textId="77777777" w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidRDefault="008F25F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F25F3" w:rsidRPr="00387800" w:rsidSect="00BD4A32">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1559" w:right="1418" w:bottom="1985" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6236D281" w14:textId="77777777" w:rsidR="003370BB" w:rsidRDefault="003370BB" w:rsidP="00C32051">
+    <w:p w14:paraId="17460F9B" w14:textId="77777777" w:rsidR="00672F98" w:rsidRDefault="00672F98" w:rsidP="00C32051">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="031A280A" w14:textId="77777777" w:rsidR="003370BB" w:rsidRDefault="003370BB" w:rsidP="00C32051">
+    <w:p w14:paraId="7C89300B" w14:textId="77777777" w:rsidR="00672F98" w:rsidRDefault="00672F98" w:rsidP="00C32051">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3C5E3E68" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="59605370" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67CED0E8" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="11325938" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5AF2F1EE" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2F95826A" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F40F5E9" w14:textId="77777777" w:rsidR="003370BB" w:rsidRDefault="003370BB" w:rsidP="00C32051">
+    <w:p w14:paraId="73643E57" w14:textId="77777777" w:rsidR="00672F98" w:rsidRDefault="00672F98" w:rsidP="00C32051">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="598A7936" w14:textId="77777777" w:rsidR="003370BB" w:rsidRDefault="003370BB" w:rsidP="00C32051">
+    <w:p w14:paraId="2E46ABD0" w14:textId="77777777" w:rsidR="00672F98" w:rsidRDefault="00672F98" w:rsidP="00C32051">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1F36915F" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="790C987B" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D014B97" w14:textId="77777777" w:rsidR="00BD4A32" w:rsidRDefault="00BD4A32" w:rsidP="00BD4A32">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="607633DC" w14:textId="77777777" w:rsidR="00BD4A32" w:rsidRDefault="00BD4A32" w:rsidP="00BD4A32">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:ind w:left="-1417"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00430FFC">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75DCC87F" wp14:editId="3204A3FA">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78035A0D" wp14:editId="33A29019">
           <wp:extent cx="5753100" cy="1390650"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="135380560" name="Kép 1" descr="A képen szöveg, Betűtípus, embléma, képernyőkép látható&#10;&#10;Előfordulhat, hogy az AI által létrehozott tartalom helytelen."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="135380560" name="Kép 1" descr="A képen szöveg, Betűtípus, embléma, képernyőkép látható&#10;&#10;Előfordulhat, hogy az AI által létrehozott tartalom helytelen."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -2225,61 +2644,61 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5753100" cy="1390650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="71B9DF47" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="27BE777A" w14:textId="77777777" w:rsidR="00387800" w:rsidRDefault="00387800">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E511128"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A80EC0B0"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -2469,211 +2888,219 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="611862540">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="945693742">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="629553224">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="130"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4nSA3Y8sRJnTtm7jxe8CF1uL0dTLQzJecBM/I6BJ9OLWpMj2LqJXsW6v+XpF0FcroVtKigpIjG4cTt/OuhUWOw==" w:salt="WGSnCFGZ186FFtQ1wvds+w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yxlLVxPnU4x/pAO2thkFAuG5HqDk49OAVQTvN986IvOMQxBPp2uk4apZZRQHgyrwxtJlAIGIGV049kO+zcK3Rg==" w:salt="oWL16MFhWJVJflhKPbE5ag=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003370BB"/>
+    <w:rsidRoot w:val="00672F98"/>
     <w:rsid w:val="000343A6"/>
     <w:rsid w:val="0004130A"/>
     <w:rsid w:val="000464C3"/>
     <w:rsid w:val="00070677"/>
     <w:rsid w:val="00081112"/>
     <w:rsid w:val="000A7E80"/>
     <w:rsid w:val="000C1A99"/>
     <w:rsid w:val="00134036"/>
     <w:rsid w:val="001424A7"/>
     <w:rsid w:val="001910C7"/>
     <w:rsid w:val="001B0E1B"/>
     <w:rsid w:val="001F171A"/>
     <w:rsid w:val="00203A81"/>
     <w:rsid w:val="00204865"/>
     <w:rsid w:val="00221ECA"/>
     <w:rsid w:val="00255FFC"/>
+    <w:rsid w:val="00267471"/>
     <w:rsid w:val="00270E00"/>
     <w:rsid w:val="00283735"/>
     <w:rsid w:val="002D30D0"/>
     <w:rsid w:val="002E466A"/>
     <w:rsid w:val="002F5191"/>
     <w:rsid w:val="0033414E"/>
-    <w:rsid w:val="003370BB"/>
     <w:rsid w:val="00387800"/>
     <w:rsid w:val="003B47AF"/>
+    <w:rsid w:val="003C000B"/>
     <w:rsid w:val="00415B57"/>
     <w:rsid w:val="00433222"/>
+    <w:rsid w:val="004438FE"/>
     <w:rsid w:val="00453D9A"/>
     <w:rsid w:val="0046762C"/>
     <w:rsid w:val="0048557A"/>
     <w:rsid w:val="00495962"/>
     <w:rsid w:val="004966B3"/>
     <w:rsid w:val="004C72DE"/>
     <w:rsid w:val="00502AE4"/>
     <w:rsid w:val="005038C3"/>
     <w:rsid w:val="00526D45"/>
     <w:rsid w:val="00535B68"/>
     <w:rsid w:val="00543021"/>
     <w:rsid w:val="00553126"/>
     <w:rsid w:val="00560E0A"/>
     <w:rsid w:val="0057774E"/>
     <w:rsid w:val="005937E9"/>
+    <w:rsid w:val="005A08AF"/>
     <w:rsid w:val="005A345A"/>
     <w:rsid w:val="005B5E19"/>
     <w:rsid w:val="00657F64"/>
+    <w:rsid w:val="00672F98"/>
     <w:rsid w:val="00697307"/>
     <w:rsid w:val="007224A3"/>
+    <w:rsid w:val="007353EA"/>
     <w:rsid w:val="00751F6D"/>
     <w:rsid w:val="007A319C"/>
     <w:rsid w:val="007B5395"/>
     <w:rsid w:val="007B5A5C"/>
     <w:rsid w:val="007C7F07"/>
+    <w:rsid w:val="007E2764"/>
     <w:rsid w:val="007F167A"/>
     <w:rsid w:val="008451E4"/>
     <w:rsid w:val="00853006"/>
     <w:rsid w:val="00860536"/>
     <w:rsid w:val="008714E3"/>
     <w:rsid w:val="00872757"/>
     <w:rsid w:val="008A6E6E"/>
     <w:rsid w:val="008E0BF9"/>
     <w:rsid w:val="008F25F3"/>
-    <w:rsid w:val="0090346C"/>
     <w:rsid w:val="00920292"/>
     <w:rsid w:val="0092146F"/>
     <w:rsid w:val="00921A97"/>
     <w:rsid w:val="00967267"/>
     <w:rsid w:val="00973F4D"/>
     <w:rsid w:val="009D2485"/>
     <w:rsid w:val="00A626B8"/>
     <w:rsid w:val="00A7524F"/>
     <w:rsid w:val="00AE3675"/>
     <w:rsid w:val="00AF0DC4"/>
     <w:rsid w:val="00AF554D"/>
     <w:rsid w:val="00B06F35"/>
     <w:rsid w:val="00B16B75"/>
     <w:rsid w:val="00B24F1B"/>
     <w:rsid w:val="00B25906"/>
+    <w:rsid w:val="00B42118"/>
     <w:rsid w:val="00B80779"/>
     <w:rsid w:val="00BC3440"/>
+    <w:rsid w:val="00BD180D"/>
     <w:rsid w:val="00BD4A32"/>
     <w:rsid w:val="00BF26FB"/>
     <w:rsid w:val="00BF4410"/>
+    <w:rsid w:val="00C04EF9"/>
     <w:rsid w:val="00C06EDE"/>
     <w:rsid w:val="00C07B92"/>
     <w:rsid w:val="00C32051"/>
     <w:rsid w:val="00C62569"/>
     <w:rsid w:val="00C80717"/>
     <w:rsid w:val="00CA63BB"/>
     <w:rsid w:val="00CC51BE"/>
     <w:rsid w:val="00CE5404"/>
     <w:rsid w:val="00CF04C3"/>
     <w:rsid w:val="00D13D52"/>
     <w:rsid w:val="00D85376"/>
     <w:rsid w:val="00DA73BF"/>
     <w:rsid w:val="00DC3555"/>
     <w:rsid w:val="00E36F54"/>
     <w:rsid w:val="00E652CB"/>
-    <w:rsid w:val="00E71A34"/>
     <w:rsid w:val="00F11808"/>
+    <w:rsid w:val="00F178ED"/>
     <w:rsid w:val="00F9420E"/>
     <w:rsid w:val="00F95342"/>
     <w:rsid w:val="00FD38E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="423FBBF7"/>
-  <w15:docId w15:val="{5B5D584A-6493-4289-B713-5F7FD9D14B1E}"/>
+  <w14:docId w14:val="61A9E638"/>
+  <w15:docId w15:val="{55B1322A-843E-4D6B-BD5B-11590257E2D4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3183,55 +3610,69 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001910C7"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Rcsostblzat">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normltblzat"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001910C7"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Norml1">
+    <w:name w:val="Normál1"/>
+    <w:rsid w:val="00267471"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="171072131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="540829289">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3400,786 +3841,867 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="760298373">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jelentkezes@toparti.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jelentkezes@toparti.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jelentkezes@toparti.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\pinterg\OneDrive%20-%20Pro%20Rekreatione%20K&#246;zhaszn&#250;%20Nonprofit%20Kft\Dokumentumok\Egy&#233;ni%20Office-sablonok\prorek_szakambulancia_jogosultsagi_nyilatkozat_gyermek_kepviseletere.dotm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\pinterg\Pro%20Rekreatione%20K&#246;zhaszn&#250;%20Nonprofit%20Kft\Informatikai%20&#220;zemeltet&#233;s%20-%20Dokumentumok\01_AG&#193;RD\_TSZA\HonlapDoksik\Sablonok\prorek_szakambulancia_jogosultsagi_nyilatkozat_gyermek_kepviseletere.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7A7C7E13201948E19CDF4795A5504BF5"/>
+        <w:name w:val="469717586E1344028C0BD23C8EEEB471"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C50E7948-21C7-4446-BBE0-7E0A9188039F}"/>
+        <w:guid w:val="{B572E211-CC78-416D-B847-508B9BEF54B0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="7A7C7E13201948E19CDF4795A5504BF5"/>
+            <w:pStyle w:val="469717586E1344028C0BD23C8EEEB471"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0E2A313722FE4AC595F0A84991D52A23"/>
+        <w:name w:val="47867E5E84544788A8663F2B20D0F062"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AA7B0FBB-3681-4483-AE8A-F6598E562E53}"/>
+        <w:guid w:val="{34E8D6B2-0112-47ED-9CBE-C68D45898722}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="0E2A313722FE4AC595F0A84991D52A23"/>
+            <w:pStyle w:val="47867E5E84544788A8663F2B20D0F062"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3D09BCBAFD504C148EC2DFF2AA20EF22"/>
+        <w:name w:val="E0A04EA54DF34C3F9AF37E7E4B44541D"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{ED7F8CC3-3A4D-45B8-85D6-A0FE55E30591}"/>
+        <w:guid w:val="{CECAE496-6BA2-41DC-BB50-66038ADD79ED}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="3D09BCBAFD504C148EC2DFF2AA20EF22"/>
+            <w:pStyle w:val="E0A04EA54DF34C3F9AF37E7E4B44541D"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E4D9CB85024F4F8EAB822CA6A84F1301"/>
+        <w:name w:val="D8A639CA5D6147578D40A4F83C0AC77D"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3C2C49B7-D4DA-440E-BA95-759DDA862780}"/>
+        <w:guid w:val="{DE420683-64D7-437B-8B0E-9572F109C3BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="E4D9CB85024F4F8EAB822CA6A84F1301"/>
+            <w:pStyle w:val="D8A639CA5D6147578D40A4F83C0AC77D"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="ED61F99079844C64AF84B38215A0B58A"/>
+        <w:name w:val="120B6D200F964856B7114D6D78A37ACB"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{051CF0A4-7D55-46BC-9FF2-FEEB04A25131}"/>
+        <w:guid w:val="{EBF0AD9A-0912-457F-999D-6DE5B5AD35FC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="ED61F99079844C64AF84B38215A0B58A"/>
+            <w:pStyle w:val="120B6D200F964856B7114D6D78A37ACB"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="161D1E121FF04FF5BE1F251A44890E59"/>
+        <w:name w:val="8EEE2EA7C713493BA7885A0CD59B8F56"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{388CB727-4380-42AB-8B8A-A93B30CE314F}"/>
+        <w:guid w:val="{D5E20425-A219-4EC1-9196-3A5564412492}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="161D1E121FF04FF5BE1F251A44890E59"/>
+            <w:pStyle w:val="8EEE2EA7C713493BA7885A0CD59B8F56"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C9256E425601468699BB7FFF9B2AC0C2"/>
+        <w:name w:val="9D21DF3993944044BB31CD42E3357EE2"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{71C82729-EE9A-4081-A499-6B8A8F4DA4E0}"/>
+        <w:guid w:val="{8E2CF8A8-2EEC-4F8E-9746-2DFF826AA695}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="C9256E425601468699BB7FFF9B2AC0C2"/>
+            <w:pStyle w:val="9D21DF3993944044BB31CD42E3357EE2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B2B177C273F64E15B5F9825E1676B5BB"/>
+        <w:name w:val="30D62ED3363B448CB8491D44016328A6"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1234CD80-F9CE-4E24-AA89-D4A3D03CE4D5}"/>
+        <w:guid w:val="{A976055C-BDA4-4464-808F-1CA9E85654CD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="B2B177C273F64E15B5F9825E1676B5BB"/>
+            <w:pStyle w:val="30D62ED3363B448CB8491D44016328A6"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8C43CEDE25324A91BAE73C4F33D80DF1"/>
+        <w:name w:val="DD74EC8823914EEAA1322962286C40FB"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{04F57D1F-B176-4552-AE33-1E000519423A}"/>
+        <w:guid w:val="{0201F7D0-8899-4F1B-883E-B400CD6F33FF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="8C43CEDE25324A91BAE73C4F33D80DF1"/>
+            <w:pStyle w:val="DD74EC8823914EEAA1322962286C40FB"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9B692A75E73241E78B580C0A3BE8C4D8"/>
+        <w:name w:val="B34D25E0152246CEA7CD8D1EA0FF15A4"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C1A7113B-60D9-479D-8E32-79555335E6D0}"/>
+        <w:guid w:val="{10526FD1-B504-477C-9544-5DBF418C6D78}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="9B692A75E73241E78B580C0A3BE8C4D8"/>
+            <w:pStyle w:val="B34D25E0152246CEA7CD8D1EA0FF15A4"/>
           </w:pPr>
-          <w:r w:rsidRPr="00221F1C">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:eastAsia="Calibri"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Dátum megadásához kattintson ide.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C1779A2E9E7242899DA2ED8F2DF81514"/>
+        <w:name w:val="B5013401E33C40A4A625CA5AC968102B"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B814C406-58AC-4C70-B7B0-DD351AC9D848}"/>
+        <w:guid w:val="{F9F6F04C-0F99-4537-835C-97D1A09C0FCA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="C1779A2E9E7242899DA2ED8F2DF81514"/>
+            <w:pStyle w:val="B5013401E33C40A4A625CA5AC968102B"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C6CEBBA68ACC4DB5B4033DAFD52952B9"/>
+        <w:name w:val="B52ACD18B8B0451EBF8B0541C7252B46"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{24CD3A63-4423-4E43-B705-B5606B5B6120}"/>
+        <w:guid w:val="{1BCA6069-D4D7-40DF-A0D2-AFD2E49A2BDE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="C6CEBBA68ACC4DB5B4033DAFD52952B9"/>
+            <w:pStyle w:val="B52ACD18B8B0451EBF8B0541C7252B46"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="401098941EE549BCB239C0B63DEB3858"/>
+        <w:name w:val="748A72FCA5124A58988837F84218895F"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{566F7F66-05C4-4036-A537-8D7239C7A4A0}"/>
+        <w:guid w:val="{A7F0ECCF-C9D1-4F3F-B7A0-94ACBC3D7207}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="401098941EE549BCB239C0B63DEB3858"/>
+            <w:pStyle w:val="748A72FCA5124A58988837F84218895F"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9A72C49021484931B39FA383E2EF3CE4"/>
+        <w:name w:val="D1ACF158420944E7A944F7DE6BA00D47"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DE7A41D4-D3AB-4D41-A23C-64839948990B}"/>
+        <w:guid w:val="{70E0D30C-57ED-427A-A82F-A3DC3F42EDA6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="9A72C49021484931B39FA383E2EF3CE4"/>
+            <w:pStyle w:val="D1ACF158420944E7A944F7DE6BA00D47"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="520C28BB317E4BBC87FEE7D5A8FE7D25"/>
+        <w:name w:val="90493D739975437388CCFBCD72F552AE"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A1CFB15A-9894-4425-AC4D-B24CD230442F}"/>
+        <w:guid w:val="{EF7B1C44-DF67-486C-823B-BC0C7EE793E5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="520C28BB317E4BBC87FEE7D5A8FE7D25"/>
+            <w:pStyle w:val="90493D739975437388CCFBCD72F552AE"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9E2EF624EA5F4AE5A8BF39F81E2EFAA1"/>
+        <w:name w:val="54505FB29C5D4E7D8FC653E5F0B3803E"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4D96AF2D-5DEE-464C-8CFB-6A2F7EBF19D3}"/>
+        <w:guid w:val="{E2B6E9A5-DD60-4BB7-93F0-6689B3C7B4E2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="9E2EF624EA5F4AE5A8BF39F81E2EFAA1"/>
+            <w:pStyle w:val="54505FB29C5D4E7D8FC653E5F0B3803E"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4672251797564959BF0429A137F20AE9"/>
+        <w:name w:val="314146C9C8B44526A3C43551F98B1513"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{77FF1EBB-EAB0-4860-974E-75692BD6BE6D}"/>
+        <w:guid w:val="{D28BE525-44A9-4424-827B-DC758EBB7CFA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="4672251797564959BF0429A137F20AE9"/>
+            <w:pStyle w:val="314146C9C8B44526A3C43551F98B1513"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="87BAAB69C0784B039D44B87878879A6E"/>
+        <w:name w:val="4C6260421C104AA6B631178E8691DA91"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{78AE7A85-C5DF-4C82-A072-018FA7986DCE}"/>
+        <w:guid w:val="{25531D21-5E24-432F-9192-CA0395DDE738}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="87BAAB69C0784B039D44B87878879A6E"/>
+            <w:pStyle w:val="4C6260421C104AA6B631178E8691DA91"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E456AB">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>...Ide írjon…</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D3E48156A98748389AA3FC0F8586D5E8"/>
+        <w:name w:val="1A69B7B19FE547B09BCCA461B4B63AEE"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{940031C1-E1F1-4D78-89C3-529FAAB9C921}"/>
+        <w:guid w:val="{EBE80499-FCB2-42CD-9569-0FC9FF23F404}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="D3E48156A98748389AA3FC0F8586D5E8"/>
+            <w:pStyle w:val="1A69B7B19FE547B09BCCA461B4B63AEE"/>
           </w:pPr>
-          <w:r w:rsidRPr="00221F1C">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:eastAsia="Calibri"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Dátum </w:t>
           </w:r>
-          <w:r w:rsidRPr="00221F1C">
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:eastAsia="Calibri"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>megadásához kattintson ide.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B8995081F1DA4A909272CA2803BF2DCA"/>
+        <w:name w:val="08BA9AB97DF84EE085AFC3CFFAC4EA9A"/>
         <w:category>
           <w:name w:val="Általános"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2F2E7A1E-7F31-493C-8BB5-B2E0B328BA08}"/>
+        <w:guid w:val="{445BFDA6-11F9-4B0B-B5D8-823CF2D319E8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00911CB8" w:rsidRDefault="00911CB8">
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
           <w:pPr>
-            <w:pStyle w:val="B8995081F1DA4A909272CA2803BF2DCA"/>
+            <w:pStyle w:val="08BA9AB97DF84EE085AFC3CFFAC4EA9A"/>
           </w:pPr>
-          <w:r w:rsidRPr="008F25F3">
+          <w:r w:rsidRPr="00371AD4">
+            <w:rPr>
+              <w:rStyle w:val="Helyrzszveg"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:rPr>
+            <w:t>Dátum megadásához kattintson ide.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="99E736E2FD8B40FC82CA6201619B01EB"/>
+        <w:category>
+          <w:name w:val="Általános"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E1D16B68-EDD5-4867-B8DF-17DE7CB5AD37}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0094055B" w:rsidRDefault="0094055B">
+          <w:pPr>
+            <w:pStyle w:val="99E736E2FD8B40FC82CA6201619B01EB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00387800">
             <w:rPr>
               <w:rStyle w:val="Helyrzszveg"/>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Dátum megadásához kattintson ide.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
+  <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00911CB8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00911CB8"/>
+    <w:rsidRoot w:val="0094055B"/>
+    <w:rsid w:val="0094055B"/>
+    <w:rsid w:val="00C04EF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4571,115 +5093,118 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Helyrzszveg">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Bekezdsalapbettpusa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A7C7E13201948E19CDF4795A5504BF5">
-    <w:name w:val="7A7C7E13201948E19CDF4795A5504BF5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="469717586E1344028C0BD23C8EEEB471">
+    <w:name w:val="469717586E1344028C0BD23C8EEEB471"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E2A313722FE4AC595F0A84991D52A23">
-    <w:name w:val="0E2A313722FE4AC595F0A84991D52A23"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47867E5E84544788A8663F2B20D0F062">
+    <w:name w:val="47867E5E84544788A8663F2B20D0F062"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D09BCBAFD504C148EC2DFF2AA20EF22">
-    <w:name w:val="3D09BCBAFD504C148EC2DFF2AA20EF22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0A04EA54DF34C3F9AF37E7E4B44541D">
+    <w:name w:val="E0A04EA54DF34C3F9AF37E7E4B44541D"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E4D9CB85024F4F8EAB822CA6A84F1301">
-    <w:name w:val="E4D9CB85024F4F8EAB822CA6A84F1301"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8A639CA5D6147578D40A4F83C0AC77D">
+    <w:name w:val="D8A639CA5D6147578D40A4F83C0AC77D"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED61F99079844C64AF84B38215A0B58A">
-    <w:name w:val="ED61F99079844C64AF84B38215A0B58A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="120B6D200F964856B7114D6D78A37ACB">
+    <w:name w:val="120B6D200F964856B7114D6D78A37ACB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="161D1E121FF04FF5BE1F251A44890E59">
-    <w:name w:val="161D1E121FF04FF5BE1F251A44890E59"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EEE2EA7C713493BA7885A0CD59B8F56">
+    <w:name w:val="8EEE2EA7C713493BA7885A0CD59B8F56"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9256E425601468699BB7FFF9B2AC0C2">
-    <w:name w:val="C9256E425601468699BB7FFF9B2AC0C2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D21DF3993944044BB31CD42E3357EE2">
+    <w:name w:val="9D21DF3993944044BB31CD42E3357EE2"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2B177C273F64E15B5F9825E1676B5BB">
-    <w:name w:val="B2B177C273F64E15B5F9825E1676B5BB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30D62ED3363B448CB8491D44016328A6">
+    <w:name w:val="30D62ED3363B448CB8491D44016328A6"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C43CEDE25324A91BAE73C4F33D80DF1">
-    <w:name w:val="8C43CEDE25324A91BAE73C4F33D80DF1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD74EC8823914EEAA1322962286C40FB">
+    <w:name w:val="DD74EC8823914EEAA1322962286C40FB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B692A75E73241E78B580C0A3BE8C4D8">
-    <w:name w:val="9B692A75E73241E78B580C0A3BE8C4D8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B34D25E0152246CEA7CD8D1EA0FF15A4">
+    <w:name w:val="B34D25E0152246CEA7CD8D1EA0FF15A4"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1779A2E9E7242899DA2ED8F2DF81514">
-    <w:name w:val="C1779A2E9E7242899DA2ED8F2DF81514"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5013401E33C40A4A625CA5AC968102B">
+    <w:name w:val="B5013401E33C40A4A625CA5AC968102B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6CEBBA68ACC4DB5B4033DAFD52952B9">
-    <w:name w:val="C6CEBBA68ACC4DB5B4033DAFD52952B9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B52ACD18B8B0451EBF8B0541C7252B46">
+    <w:name w:val="B52ACD18B8B0451EBF8B0541C7252B46"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="401098941EE549BCB239C0B63DEB3858">
-    <w:name w:val="401098941EE549BCB239C0B63DEB3858"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="748A72FCA5124A58988837F84218895F">
+    <w:name w:val="748A72FCA5124A58988837F84218895F"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A72C49021484931B39FA383E2EF3CE4">
-    <w:name w:val="9A72C49021484931B39FA383E2EF3CE4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1ACF158420944E7A944F7DE6BA00D47">
+    <w:name w:val="D1ACF158420944E7A944F7DE6BA00D47"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="520C28BB317E4BBC87FEE7D5A8FE7D25">
-    <w:name w:val="520C28BB317E4BBC87FEE7D5A8FE7D25"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="90493D739975437388CCFBCD72F552AE">
+    <w:name w:val="90493D739975437388CCFBCD72F552AE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E2EF624EA5F4AE5A8BF39F81E2EFAA1">
-    <w:name w:val="9E2EF624EA5F4AE5A8BF39F81E2EFAA1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54505FB29C5D4E7D8FC653E5F0B3803E">
+    <w:name w:val="54505FB29C5D4E7D8FC653E5F0B3803E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4672251797564959BF0429A137F20AE9">
-    <w:name w:val="4672251797564959BF0429A137F20AE9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="314146C9C8B44526A3C43551F98B1513">
+    <w:name w:val="314146C9C8B44526A3C43551F98B1513"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87BAAB69C0784B039D44B87878879A6E">
-    <w:name w:val="87BAAB69C0784B039D44B87878879A6E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C6260421C104AA6B631178E8691DA91">
+    <w:name w:val="4C6260421C104AA6B631178E8691DA91"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3E48156A98748389AA3FC0F8586D5E8">
-    <w:name w:val="D3E48156A98748389AA3FC0F8586D5E8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A69B7B19FE547B09BCCA461B4B63AEE">
+    <w:name w:val="1A69B7B19FE547B09BCCA461B4B63AEE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8995081F1DA4A909272CA2803BF2DCA">
-    <w:name w:val="B8995081F1DA4A909272CA2803BF2DCA"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08BA9AB97DF84EE085AFC3CFFAC4EA9A">
+    <w:name w:val="08BA9AB97DF84EE085AFC3CFFAC4EA9A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99E736E2FD8B40FC82CA6201619B01EB">
+    <w:name w:val="99E736E2FD8B40FC82CA6201619B01EB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4973,67 +5498,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3173766f-0f0e-4dd3-9c4c-98821047bb1a" xmlns:ns3="57bb62e9-6a81-4688-9ca8-65c4f3978f8c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e45fdc1e068d5f390c192b0373e0a4c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentum" ma:contentTypeID="0x0101000600C4D6CF1B934A81C13F69BB07A63F" ma:contentTypeVersion="10" ma:contentTypeDescription="Új dokumentum létrehozása." ma:contentTypeScope="" ma:versionID="b9d0676225b6b270a2184118082c0b9d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3173766f-0f0e-4dd3-9c4c-98821047bb1a" xmlns:ns3="57bb62e9-6a81-4688-9ca8-65c4f3978f8c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88a10341e8c37ade139da6961ccbb910" ns2:_="" ns3:_="">
     <xsd:import namespace="3173766f-0f0e-4dd3-9c4c-98821047bb1a"/>
     <xsd:import namespace="57bb62e9-6a81-4688-9ca8-65c4f3978f8c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3173766f-0f0e-4dd3-9c4c-98821047bb1a" elementFormDefault="qualified">
@@ -5176,151 +5695,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3173766f-0f0e-4dd3-9c4c-98821047bb1a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="57bb62e9-6a81-4688-9ca8-65c4f3978f8c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A448D9C-26FA-41FD-B08D-8B8728D028C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D19A395B-8BE3-45E9-B68D-F6009923A208}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="57bb62e9-6a81-4688-9ca8-65c4f3978f8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23D460B4-B424-4852-A0CE-2139FAD22F28}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1B53079-3F45-4B47-8D39-89AA0B5D22A5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF72AB0F-DF5F-47C8-BF65-6D70C48791BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3173766f-0f0e-4dd3-9c4c-98821047bb1a"/>
     <ds:schemaRef ds:uri="57bb62e9-6a81-4688-9ca8-65c4f3978f8c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23D460B4-B424-4852-A0CE-2139FAD22F28}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D19A395B-8BE3-45E9-B68D-F6009923A208}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A448D9C-26FA-41FD-B08D-8B8728D028C4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3173766f-0f0e-4dd3-9c4c-98821047bb1a"/>
+    <ds:schemaRef ds:uri="57bb62e9-6a81-4688-9ca8-65c4f3978f8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>prorek_szakambulancia_jogosultsagi_nyilatkozat_gyermek_kepviseletere.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3361</Characters>
+  <Pages>3</Pages>
+  <Words>640</Words>
+  <Characters>4417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3840</CharactersWithSpaces>
+  <CharactersWithSpaces>5047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2031658</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:jelentkezes@toparti.hu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pintér Gábor</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x0101000600C4D6CF1B934A81C13F69BB07A63F</vt:lpwstr>
+  </property>
+</Properties>
+</file>